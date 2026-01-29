--- v0 (2025-11-01)
+++ v1 (2026-01-29)
@@ -1397,50 +1397,50 @@
       <c r="E36" s="38">
         <f>E33-E26-E35</f>
         <v>416.26366209449</v>
       </c>
       <c r="F36" s="38">
         <f>F33-F26-F35</f>
         <v>0.0</v>
       </c>
       <c r="G36" s="38">
         <f>G33-G26-G35</f>
         <v>7.26823426954001</v>
       </c>
       <c r="H36" s="38">
         <f>H33-H26-H35</f>
         <v>0.0</v>
       </c>
     </row>
     <row r="37" customHeight="1" ht="21.0"/>
     <row r="38" ht="14.0"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B2:E6"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="F5:H5"/>
+    <mergeCell ref="F3:H3"/>
     <mergeCell ref="F4:H4"/>
-    <mergeCell ref="F3:H3"/>
     <mergeCell ref="F6:H6"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="I27:L33"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId1"/>
   </hyperlinks>
   <drawing r:id="rId2"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Zoho Sheet Writer</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>