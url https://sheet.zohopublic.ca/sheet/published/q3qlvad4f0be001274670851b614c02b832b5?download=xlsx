--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -1396,51 +1396,51 @@
       </c>
       <c r="E36" s="38">
         <f>E33-E26-E35</f>
         <v>416.26366209449</v>
       </c>
       <c r="F36" s="38">
         <f>F33-F26-F35</f>
         <v>0.0</v>
       </c>
       <c r="G36" s="38">
         <f>G33-G26-G35</f>
         <v>7.26823426954001</v>
       </c>
       <c r="H36" s="38">
         <f>H33-H26-H35</f>
         <v>0.0</v>
       </c>
     </row>
     <row r="37" customHeight="1" ht="21.0"/>
     <row r="38" ht="14.0"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B2:E6"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="E7:F7"/>
+    <mergeCell ref="F4:H4"/>
+    <mergeCell ref="F6:H6"/>
     <mergeCell ref="F5:H5"/>
     <mergeCell ref="F3:H3"/>
-    <mergeCell ref="F4:H4"/>
-    <mergeCell ref="F6:H6"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="I27:L33"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId1"/>
   </hyperlinks>
   <drawing r:id="rId2"/>
   <extLst/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Zoho Sheet Writer</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>